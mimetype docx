--- v0 (2025-10-26)
+++ v1 (2026-02-10)
@@ -1,57 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="417C71B9" w14:textId="77777777" w:rsidR="00FC1433" w:rsidRPr="00EC1128" w:rsidRDefault="00FC1433" w:rsidP="00C00E6B">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="12" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E239ABA" w14:textId="77777777" w:rsidR="0081163B" w:rsidRPr="00F04854" w:rsidRDefault="0081163B" w:rsidP="00C00E6B">
       <w:pPr>
@@ -784,51 +789,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C00E6B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Trayecto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F48A49B" w14:textId="77777777" w:rsidR="00676DE0" w:rsidRPr="00C00E6B" w:rsidRDefault="00676DE0" w:rsidP="00A25FAA">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00676DE0" w:rsidRPr="00A622FB" w14:paraId="47C10FDE" w14:textId="77777777" w:rsidTr="00FB137A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -892,51 +896,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">personas </w:t>
             </w:r>
             <w:r w:rsidRPr="00C00E6B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>trasladadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F83A0EB" w14:textId="77777777" w:rsidR="00676DE0" w:rsidRPr="00C00E6B" w:rsidRDefault="00676DE0" w:rsidP="00700232">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00676DE0" w:rsidRPr="00A622FB" w14:paraId="3C03D695" w14:textId="77777777" w:rsidTr="00FB137A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -963,72 +966,82 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62BCFCED" w14:textId="77777777" w:rsidR="00676DE0" w:rsidRPr="00C00E6B" w:rsidRDefault="00C00E6B" w:rsidP="003A18A6">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="71"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C00E6B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Nº kilómetros</w:t>
+              <w:t>Nº</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C00E6B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kilómetros</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="073FF76D" w14:textId="77777777" w:rsidR="00676DE0" w:rsidRPr="00C00E6B" w:rsidRDefault="00676DE0" w:rsidP="00700232">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A18A6" w:rsidRPr="00A622FB" w14:paraId="21B94A0F" w14:textId="77777777" w:rsidTr="00FB137A">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -1050,114 +1063,111 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B6737">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IMPORTE DEL GASTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BA8B1C9" w14:textId="77777777" w:rsidR="003A18A6" w:rsidRPr="003A18A6" w:rsidRDefault="003A18A6" w:rsidP="003A18A6">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D6F58" w:rsidRPr="00A622FB" w14:paraId="236AFC7D" w14:textId="77777777" w:rsidTr="00CF65F5">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5C5AD35A" w14:textId="77777777" w:rsidR="003D6F58" w:rsidRPr="003D6F58" w:rsidRDefault="003D6F58" w:rsidP="003D6F58">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C50926" w:rsidRPr="00A622FB" w14:paraId="0783A388" w14:textId="77777777" w:rsidTr="00C50926">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A650440" w14:textId="77777777" w:rsidR="00C50926" w:rsidRPr="003D6F58" w:rsidRDefault="00C50926" w:rsidP="00C50926">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
@@ -1173,51 +1183,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C50926">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Datos a rellenar por la FEDC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5315D470" w14:textId="77777777" w:rsidR="00C50926" w:rsidRPr="003D6F58" w:rsidRDefault="00C50926" w:rsidP="00C50926">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E022E" w:rsidRPr="00A622FB" w14:paraId="6E0DED26" w14:textId="77777777" w:rsidTr="00CF65F5">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -1278,51 +1287,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alojamiento y manutención</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67316C20" w14:textId="77777777" w:rsidR="007E022E" w:rsidRPr="003A18A6" w:rsidRDefault="007E022E" w:rsidP="00CF65F5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214" w:right="497"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E022E" w:rsidRPr="00A622FB" w14:paraId="08505333" w14:textId="77777777" w:rsidTr="00CF65F5">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
@@ -1373,51 +1381,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Transporte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40333A4C" w14:textId="77777777" w:rsidR="007E022E" w:rsidRPr="003A18A6" w:rsidRDefault="007E022E" w:rsidP="00CF65F5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214" w:right="497"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E022E" w:rsidRPr="00A622FB" w14:paraId="75268108" w14:textId="77777777" w:rsidTr="00CF65F5">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
@@ -1468,51 +1475,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Taxis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42814AFC" w14:textId="77777777" w:rsidR="007E022E" w:rsidRPr="003A18A6" w:rsidRDefault="007E022E" w:rsidP="00CF65F5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214" w:right="497"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E022E" w:rsidRPr="00A622FB" w14:paraId="39B5A5A4" w14:textId="77777777" w:rsidTr="00CF65F5">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
@@ -1563,181 +1569,176 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E022E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E9AF4FF" w14:textId="77777777" w:rsidR="007E022E" w:rsidRPr="003A18A6" w:rsidRDefault="007E022E" w:rsidP="00CF65F5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="214" w:right="497"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF65F5" w:rsidRPr="00A622FB" w14:paraId="0A4D6C51" w14:textId="77777777" w:rsidTr="00B431F9">
         <w:trPr>
           <w:trHeight w:val="1599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A0579A" w14:textId="77777777" w:rsidR="00CF65F5" w:rsidRPr="00A622FB" w:rsidRDefault="00CF65F5" w:rsidP="00731E66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF65F5" w:rsidRPr="00A622FB" w14:paraId="3A8A2994" w14:textId="77777777" w:rsidTr="00CF65F5">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="574109D6" w14:textId="77777777" w:rsidR="00CF65F5" w:rsidRPr="0007156B" w:rsidRDefault="00CF65F5" w:rsidP="00101316">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7513" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7523293C" w14:textId="7A790B65" w:rsidR="00CF65F5" w:rsidRPr="0007156B" w:rsidRDefault="00CF65F5" w:rsidP="00101316">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0007156B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Fecha y firma del</w:t>
             </w:r>
             <w:r w:rsidR="00F20C8D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/la</w:t>
             </w:r>
             <w:r w:rsidRPr="0007156B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> solicitante)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60F1E279" w14:textId="77777777" w:rsidR="00CF65F5" w:rsidRPr="0007156B" w:rsidRDefault="00CF65F5" w:rsidP="00101316">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA00A3" w:rsidRPr="00A622FB" w14:paraId="0F3347AA" w14:textId="77777777" w:rsidTr="00CF65F5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1073"/>
         </w:trPr>
@@ -1787,305 +1788,322 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3628792F" w14:textId="77777777" w:rsidR="00CA00A3" w:rsidRPr="00A622FB" w:rsidRDefault="00CA00A3" w:rsidP="00731E66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49BDBE1D" w14:textId="77777777" w:rsidR="00CA00A3" w:rsidRPr="00A622FB" w:rsidRDefault="00CA00A3" w:rsidP="00731E66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D50F22A" w14:textId="77777777" w:rsidR="00EC1128" w:rsidRPr="004627CA" w:rsidRDefault="00EC1128" w:rsidP="00EC1128">
+    <w:p w14:paraId="3D50F22A" w14:textId="66BFF870" w:rsidR="00EC1128" w:rsidRPr="004627CA" w:rsidRDefault="00EC1128" w:rsidP="00EC1128">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004627CA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nota:</w:t>
       </w:r>
       <w:r w:rsidRPr="004627CA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> La FEDC realizará el abono de estos gastos mediante transferencia bancaria al número de cuenta por usted facilitado en su ficha federativa o modelo de comunicación de datos personales y económicos. En caso de que existiese algún cambio, por favor, comuníquelo cuanto antes a esta FEDC mediante el modelo establecido al respecto.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D076B" w:rsidRPr="002D076B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La FEDC realizará el abono de estos gastos mediante transferencia bancaria al número de cuenta por usted facilitado a través de un certificado de titularidad bancaria. En caso de que existiese algún cambio, la única forma de comunicarlo es remitiendo un nuevo certificado de titularidad bancaria.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EC1128" w:rsidRPr="004627CA" w:rsidSect="00700232">
-      <w:headerReference w:type="even" r:id="rId6"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1892" w:right="1133" w:bottom="567" w:left="1701" w:header="567" w:footer="190" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="240AA922" w14:textId="77777777" w:rsidR="00553992" w:rsidRDefault="00553992" w:rsidP="005619B0">
+    <w:p w14:paraId="1E88842D" w14:textId="77777777" w:rsidR="00314A12" w:rsidRDefault="00314A12" w:rsidP="005619B0">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="583C376D" w14:textId="77777777" w:rsidR="00553992" w:rsidRDefault="00553992" w:rsidP="005619B0">
+    <w:p w14:paraId="14890B9A" w14:textId="77777777" w:rsidR="00314A12" w:rsidRDefault="00314A12" w:rsidP="005619B0">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (W1)">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C743ECF" w14:textId="77777777" w:rsidR="001C3017" w:rsidRDefault="001C3017">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="743D8F2E" w14:textId="77777777" w:rsidR="001C3017" w:rsidRDefault="001C3017">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14C943F7" w14:textId="595525EB" w:rsidR="00553992" w:rsidRPr="005619B0" w:rsidRDefault="00553992" w:rsidP="00B431F9">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">Federación Española de Deportes para Ciegos con NIF G-81110413 </w:t>
     </w:r>
     <w:r w:rsidR="001C3017">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>Camino de Hormigueras,172</w:t>
+      <w:t xml:space="preserve">Camino de </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="001C3017">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Hormigueras,172</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> (2803</w:t>
     </w:r>
     <w:r w:rsidR="001C3017">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Madrid)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0841213E" w14:textId="77777777" w:rsidR="00553992" w:rsidRDefault="00553992" w:rsidP="00E41892">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="656711F1" w14:textId="77777777" w:rsidR="00553992" w:rsidRDefault="00553992" w:rsidP="005619B0">
+    <w:p w14:paraId="63874EA3" w14:textId="77777777" w:rsidR="00314A12" w:rsidRDefault="00314A12" w:rsidP="005619B0">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28FF945A" w14:textId="77777777" w:rsidR="00553992" w:rsidRDefault="00553992" w:rsidP="005619B0">
+    <w:p w14:paraId="3C5D6F1A" w14:textId="77777777" w:rsidR="00314A12" w:rsidRDefault="00314A12" w:rsidP="005619B0">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A1F554A" w14:textId="77777777" w:rsidR="001C3017" w:rsidRDefault="001C3017">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1619"/>
       <w:gridCol w:w="1559"/>
     </w:tblGrid>
     <w:tr w:rsidR="00553992" w14:paraId="457BBD51" w14:textId="77777777" w:rsidTr="005619B0">
       <w:trPr>
         <w:trHeight w:val="977"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3178" w:type="dxa"/>
           <w:gridSpan w:val="2"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="105FC7AC" w14:textId="77777777" w:rsidR="00553992" w:rsidRDefault="00553992" w:rsidP="00556761">
           <w:pPr>
             <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="es-ES"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49F27E23" wp14:editId="76DDEAB0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-1687830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78105</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1428750" cy="683895"/>
                 <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="7" name="Imagen 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -2116,112 +2134,110 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1428750" cy="683895"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00553992" w:rsidRPr="005619B0" w14:paraId="71D24FB8" w14:textId="77777777" w:rsidTr="005619B0">
       <w:trPr>
         <w:trHeight w:val="582"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1619" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="371AB03B" w14:textId="77777777" w:rsidR="00553992" w:rsidRPr="005619B0" w:rsidRDefault="00553992" w:rsidP="005619B0">
           <w:pPr>
             <w:spacing w:before="0" w:after="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1559" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="15E79F2D" w14:textId="77777777" w:rsidR="00553992" w:rsidRPr="005619B0" w:rsidRDefault="00553992" w:rsidP="005619B0">
           <w:pPr>
             <w:spacing w:before="0" w:after="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2C4945E6" w14:textId="77777777" w:rsidR="00553992" w:rsidRPr="005619B0" w:rsidRDefault="00553992">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="567D7462" w14:textId="77777777" w:rsidR="00553992" w:rsidRPr="00700232" w:rsidRDefault="000C30AB" w:rsidP="00791512">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B34029">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A816A4F" wp14:editId="11D822A8">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A816A4F" wp14:editId="11D822A8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-47625</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1807200" cy="824400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Imagen 8" descr="Y:\DOC COMUN\DISEÑOS\FEDC-NUEVO 25 ANIVERSARIO\Logo FEDC_aaff\logo_FEDC.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Y:\DOC COMUN\DISEÑOS\FEDC-NUEVO 25 ANIVERSARIO\Logo FEDC_aaff\logo_FEDC.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -2335,194 +2351,205 @@
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="4E5D6204" w14:textId="77777777" w:rsidR="00553992" w:rsidRDefault="00553992" w:rsidP="00305CF6">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="03BBD34D" w14:textId="77777777" w:rsidR="00553992" w:rsidRPr="00DE7D94" w:rsidRDefault="00553992">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:sz w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005619B0"/>
     <w:rsid w:val="00001295"/>
     <w:rsid w:val="00050FE2"/>
     <w:rsid w:val="00070B99"/>
     <w:rsid w:val="0007156B"/>
     <w:rsid w:val="00084E12"/>
     <w:rsid w:val="000C30AB"/>
     <w:rsid w:val="000F4F12"/>
     <w:rsid w:val="00101316"/>
     <w:rsid w:val="00114A83"/>
     <w:rsid w:val="00136247"/>
     <w:rsid w:val="00145904"/>
     <w:rsid w:val="00192138"/>
     <w:rsid w:val="001967A7"/>
     <w:rsid w:val="001C3017"/>
     <w:rsid w:val="001E67FB"/>
     <w:rsid w:val="002410D3"/>
+    <w:rsid w:val="002D076B"/>
     <w:rsid w:val="00303EEF"/>
     <w:rsid w:val="00305CF6"/>
     <w:rsid w:val="00306D78"/>
+    <w:rsid w:val="00314A12"/>
     <w:rsid w:val="00377784"/>
     <w:rsid w:val="003A18A6"/>
     <w:rsid w:val="003D6F58"/>
     <w:rsid w:val="003E3F5F"/>
+    <w:rsid w:val="00406DF0"/>
     <w:rsid w:val="00435421"/>
     <w:rsid w:val="00443E7E"/>
     <w:rsid w:val="004627CA"/>
     <w:rsid w:val="004B3274"/>
     <w:rsid w:val="00517826"/>
     <w:rsid w:val="005438FF"/>
     <w:rsid w:val="00553992"/>
     <w:rsid w:val="00556761"/>
     <w:rsid w:val="005619B0"/>
     <w:rsid w:val="005772C1"/>
     <w:rsid w:val="005B76D7"/>
     <w:rsid w:val="00607A88"/>
     <w:rsid w:val="00633907"/>
     <w:rsid w:val="00641A87"/>
     <w:rsid w:val="00676DE0"/>
     <w:rsid w:val="006D045A"/>
     <w:rsid w:val="006D1C38"/>
     <w:rsid w:val="00700232"/>
     <w:rsid w:val="007054F7"/>
     <w:rsid w:val="00731E66"/>
     <w:rsid w:val="00791512"/>
     <w:rsid w:val="007C5505"/>
     <w:rsid w:val="007C64E1"/>
     <w:rsid w:val="007E022E"/>
     <w:rsid w:val="00807804"/>
     <w:rsid w:val="0081163B"/>
     <w:rsid w:val="0081704B"/>
     <w:rsid w:val="00850A25"/>
     <w:rsid w:val="00860465"/>
     <w:rsid w:val="008B6737"/>
     <w:rsid w:val="008F2FFE"/>
     <w:rsid w:val="0096552B"/>
     <w:rsid w:val="00A24B41"/>
     <w:rsid w:val="00A25FAA"/>
     <w:rsid w:val="00A41F94"/>
     <w:rsid w:val="00A761F2"/>
     <w:rsid w:val="00A84A4F"/>
     <w:rsid w:val="00A85CD0"/>
     <w:rsid w:val="00B02A63"/>
     <w:rsid w:val="00B21603"/>
     <w:rsid w:val="00B431F9"/>
     <w:rsid w:val="00BB3A5F"/>
+    <w:rsid w:val="00BE2629"/>
     <w:rsid w:val="00C00E6B"/>
     <w:rsid w:val="00C03693"/>
+    <w:rsid w:val="00C23D15"/>
     <w:rsid w:val="00C50926"/>
     <w:rsid w:val="00CA00A3"/>
     <w:rsid w:val="00CB4D19"/>
     <w:rsid w:val="00CC2419"/>
     <w:rsid w:val="00CF65F5"/>
     <w:rsid w:val="00D11B27"/>
     <w:rsid w:val="00D15C03"/>
     <w:rsid w:val="00D60DC1"/>
     <w:rsid w:val="00DD0EC8"/>
     <w:rsid w:val="00DE7D94"/>
     <w:rsid w:val="00E41892"/>
     <w:rsid w:val="00E52A0B"/>
     <w:rsid w:val="00EC1128"/>
+    <w:rsid w:val="00EE2125"/>
     <w:rsid w:val="00F04854"/>
     <w:rsid w:val="00F20C8D"/>
     <w:rsid w:val="00F416B7"/>
     <w:rsid w:val="00F5258F"/>
     <w:rsid w:val="00FB137A"/>
     <w:rsid w:val="00FC1433"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0A8A6C69"/>
   <w15:docId w15:val="{A6769651-390C-48F9-96E2-68BD9571BD2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3143,92 +3170,92 @@
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0081163B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="55710080">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="D787FF"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="041E52"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
@@ -3459,71 +3486,356 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="10711ce1-4326-44f4-bece-d8adb8bfc369" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d929e907-6744-4de9-9752-7d33df7e6265">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100358196C5EBE0A74ABE7F8610C8ABF310" ma:contentTypeVersion="13" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="55bfe4a7b2880aaf9bc3d52daca049dd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d929e907-6744-4de9-9752-7d33df7e6265" xmlns:ns3="10711ce1-4326-44f4-bece-d8adb8bfc369" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="366c551b7618e45b61a2df8cd105bb24" ns2:_="" ns3:_="">
+    <xsd:import namespace="d929e907-6744-4de9-9752-7d33df7e6265"/>
+    <xsd:import namespace="10711ce1-4326-44f4-bece-d8adb8bfc369"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d929e907-6744-4de9-9752-7d33df7e6265" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetas de imagen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="44b3ed41-348c-4386-8a32-d3f52d4ffb30" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="10711ce1-4326-44f4-bece-d8adb8bfc369" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{07dddf17-a7b9-4d22-9189-1ef89576f565}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="10711ce1-4326-44f4-bece-d8adb8bfc369">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de contenido"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7B83045-6FD7-49DE-A954-294E3B6EB6A2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="10711ce1-4326-44f4-bece-d8adb8bfc369"/>
+    <ds:schemaRef ds:uri="d929e907-6744-4de9-9752-7d33df7e6265"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F09D0BF7-D058-4EAF-92F9-D777A757C6BF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BD06888-256E-444F-A298-4CBC5C899279}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d929e907-6744-4de9-9752-7d33df7e6265"/>
+    <ds:schemaRef ds:uri="10711ce1-4326-44f4-bece-d8adb8bfc369"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>140</Words>
-  <Characters>773</Characters>
+  <Words>135</Words>
+  <Characters>746</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ONCE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>912</CharactersWithSpaces>
+  <CharactersWithSpaces>880</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Francisco José Maldonado</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100358196C5EBE0A74ABE7F8610C8ABF310</vt:lpwstr>
+  </property>
+</Properties>
+</file>